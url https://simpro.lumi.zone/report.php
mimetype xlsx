--- v0 (2025-12-22)
+++ v1 (2026-02-20)
@@ -379,2028 +379,2606 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:E116"/>
+  <dimension ref="A1:E150"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" t="s">
         <v>5</v>
       </c>
       <c r="B2">
-        <v>5626</v>
+        <v>5704</v>
       </c>
       <c r="C2">
-        <v>83124</v>
+        <v>610</v>
       </c>
       <c r="D2">
-        <v>37655.5</v>
+        <v>698.15</v>
       </c>
       <c r="E2">
         <v>100</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>5</v>
       </c>
       <c r="B3">
-        <v>5625</v>
+        <v>5703</v>
       </c>
       <c r="C3">
-        <v>2295</v>
+        <v>1527</v>
       </c>
       <c r="D3">
-        <v>831</v>
+        <v>1244.46</v>
       </c>
       <c r="E3">
         <v>100</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
         <v>5</v>
       </c>
       <c r="B4">
-        <v>5624</v>
+        <v>5699</v>
       </c>
       <c r="C4">
-        <v>7590</v>
+        <v>3440</v>
       </c>
       <c r="D4">
-        <v>5105.12</v>
+        <v>2823</v>
       </c>
       <c r="E4">
         <v>100</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" t="s">
         <v>5</v>
       </c>
       <c r="B5">
-        <v>5621</v>
+        <v>5697</v>
       </c>
       <c r="C5">
-        <v>21835</v>
+        <v>97500</v>
       </c>
       <c r="D5">
-        <v>-24018.5</v>
+        <v>0</v>
       </c>
       <c r="E5">
         <v>100</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" t="s">
         <v>5</v>
       </c>
       <c r="B6">
-        <v>5620</v>
+        <v>5691</v>
       </c>
       <c r="C6">
-        <v>14786</v>
+        <v>1730</v>
       </c>
       <c r="D6">
-        <v>0</v>
+        <v>1305.56</v>
       </c>
       <c r="E6">
         <v>100</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" t="s">
         <v>5</v>
       </c>
       <c r="B7">
-        <v>5619</v>
+        <v>5689</v>
       </c>
       <c r="C7">
-        <v>3620</v>
+        <v>1860</v>
       </c>
       <c r="D7">
-        <v>2770</v>
+        <v>0</v>
       </c>
       <c r="E7">
         <v>100</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" t="s">
         <v>5</v>
       </c>
       <c r="B8">
-        <v>5616</v>
+        <v>5688</v>
       </c>
       <c r="C8">
-        <v>2310</v>
+        <v>9406</v>
       </c>
       <c r="D8">
-        <v>-471</v>
+        <v>7363.76</v>
       </c>
       <c r="E8">
         <v>100</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" t="s">
         <v>5</v>
       </c>
       <c r="B9">
-        <v>5614</v>
+        <v>5687</v>
       </c>
       <c r="C9">
-        <v>5920</v>
+        <v>36545</v>
       </c>
       <c r="D9">
-        <v>0</v>
+        <v>13470.32</v>
       </c>
       <c r="E9">
         <v>100</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" t="s">
         <v>5</v>
       </c>
       <c r="B10">
-        <v>5612</v>
+        <v>5681</v>
       </c>
       <c r="C10">
-        <v>30954</v>
+        <v>14124</v>
       </c>
       <c r="D10">
-        <v>-1233.33</v>
+        <v>3267.07</v>
       </c>
       <c r="E10">
         <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" t="s">
         <v>5</v>
       </c>
       <c r="B11">
-        <v>5608</v>
+        <v>5677</v>
       </c>
       <c r="C11">
-        <v>30090</v>
+        <v>12484</v>
       </c>
       <c r="D11">
-        <v>0</v>
+        <v>2579.52</v>
       </c>
       <c r="E11">
         <v>100</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="A12" t="s">
         <v>5</v>
       </c>
       <c r="B12">
-        <v>5603</v>
+        <v>5666</v>
       </c>
       <c r="C12">
-        <v>4975</v>
+        <v>350491</v>
       </c>
       <c r="D12">
-        <v>1370</v>
+        <v>76806.9</v>
       </c>
       <c r="E12">
         <v>100</v>
       </c>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" t="s">
         <v>5</v>
       </c>
       <c r="B13">
-        <v>5602</v>
+        <v>5644</v>
       </c>
       <c r="C13">
-        <v>5134</v>
+        <v>1120</v>
       </c>
       <c r="D13">
-        <v>2734</v>
+        <v>0</v>
       </c>
       <c r="E13">
         <v>100</v>
       </c>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" t="s">
         <v>5</v>
       </c>
       <c r="B14">
-        <v>5600</v>
+        <v>5640</v>
       </c>
       <c r="C14">
-        <v>181100</v>
+        <v>18503</v>
       </c>
       <c r="D14">
-        <v>28263.49</v>
+        <v>0</v>
       </c>
       <c r="E14">
         <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" t="s">
         <v>5</v>
       </c>
       <c r="B15">
-        <v>5598</v>
+        <v>5639</v>
       </c>
       <c r="C15">
-        <v>16162</v>
+        <v>18025</v>
       </c>
       <c r="D15">
-        <v>2137.73</v>
+        <v>4923</v>
       </c>
       <c r="E15">
         <v>100</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" t="s">
         <v>5</v>
       </c>
       <c r="B16">
-        <v>5595</v>
+        <v>5627</v>
       </c>
       <c r="C16">
-        <v>3440</v>
+        <v>185407</v>
       </c>
       <c r="D16">
-        <v>1330.15</v>
+        <v>-24458.38</v>
       </c>
       <c r="E16">
         <v>100</v>
       </c>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" t="s">
         <v>5</v>
       </c>
       <c r="B17">
-        <v>5594</v>
+        <v>5626</v>
       </c>
       <c r="C17">
-        <v>93310</v>
+        <v>83124</v>
       </c>
       <c r="D17">
-        <v>78932.3</v>
+        <v>1463.39</v>
       </c>
       <c r="E17">
         <v>100</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="A18" t="s">
         <v>5</v>
       </c>
       <c r="B18">
-        <v>5575</v>
+        <v>5620</v>
       </c>
       <c r="C18">
-        <v>507.18</v>
+        <v>14786</v>
       </c>
       <c r="D18">
-        <v>212.36</v>
+        <v>0</v>
       </c>
       <c r="E18">
         <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" t="s">
         <v>5</v>
       </c>
       <c r="B19">
-        <v>5558</v>
+        <v>5619</v>
       </c>
       <c r="C19">
-        <v>101750</v>
+        <v>3620</v>
       </c>
       <c r="D19">
-        <v>-4290.8</v>
+        <v>-1282</v>
       </c>
       <c r="E19">
         <v>100</v>
       </c>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" t="s">
         <v>5</v>
       </c>
       <c r="B20">
-        <v>5544</v>
+        <v>5608</v>
       </c>
       <c r="C20">
-        <v>455.09</v>
+        <v>30090</v>
       </c>
       <c r="D20">
-        <v>19.3</v>
+        <v>0</v>
       </c>
       <c r="E20">
         <v>100</v>
       </c>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" t="s">
         <v>5</v>
       </c>
       <c r="B21">
-        <v>5540</v>
+        <v>5603</v>
       </c>
       <c r="C21">
-        <v>23250</v>
+        <v>5142.7</v>
       </c>
       <c r="D21">
-        <v>-9250.67</v>
+        <v>-3155.58</v>
       </c>
       <c r="E21">
         <v>100</v>
       </c>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" t="s">
         <v>5</v>
       </c>
       <c r="B22">
-        <v>5530</v>
+        <v>5602</v>
       </c>
       <c r="C22">
-        <v>34120</v>
+        <v>5134</v>
       </c>
       <c r="D22">
-        <v>-24582.99</v>
+        <v>2734</v>
       </c>
       <c r="E22">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" t="s">
         <v>5</v>
       </c>
       <c r="B23">
-        <v>5500</v>
+        <v>5558</v>
       </c>
       <c r="C23">
-        <v>16920</v>
+        <v>101750</v>
       </c>
       <c r="D23">
-        <v>1418</v>
+        <v>6204.19</v>
       </c>
       <c r="E23">
         <v>100</v>
       </c>
     </row>
     <row r="24" spans="1:5">
       <c r="A24" t="s">
         <v>5</v>
       </c>
       <c r="B24">
-        <v>5474</v>
+        <v>5544</v>
       </c>
       <c r="C24">
-        <v>229122</v>
+        <v>1190.24</v>
       </c>
       <c r="D24">
-        <v>-151999.07</v>
+        <v>1099.8</v>
       </c>
       <c r="E24">
         <v>100</v>
       </c>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" t="s">
         <v>5</v>
       </c>
       <c r="B25">
-        <v>5399</v>
+        <v>5474</v>
       </c>
       <c r="C25">
-        <v>2750</v>
+        <v>229122</v>
       </c>
       <c r="D25">
-        <v>1769.25</v>
+        <v>-149017.31</v>
       </c>
       <c r="E25">
         <v>100</v>
       </c>
     </row>
     <row r="26" spans="1:5">
       <c r="A26" t="s">
         <v>5</v>
       </c>
       <c r="B26">
         <v>5346</v>
       </c>
       <c r="C26">
         <v>1980</v>
       </c>
       <c r="D26">
         <v>232.09</v>
       </c>
       <c r="E26">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:5">
       <c r="A27" t="s">
         <v>5</v>
       </c>
       <c r="B27">
         <v>5241</v>
       </c>
       <c r="C27">
-        <v>254000</v>
+        <v>95600</v>
       </c>
       <c r="D27">
-        <v>128458.2</v>
+        <v>18544.3</v>
       </c>
       <c r="E27">
         <v>100</v>
       </c>
     </row>
     <row r="28" spans="1:5">
       <c r="A28" t="s">
         <v>5</v>
       </c>
       <c r="B28">
         <v>5177</v>
       </c>
       <c r="C28">
         <v>177101</v>
       </c>
       <c r="D28">
-        <v>-58106.03</v>
+        <v>-57258.03</v>
       </c>
       <c r="E28">
         <v>100</v>
       </c>
     </row>
     <row r="29" spans="1:5">
       <c r="A29" t="s">
         <v>5</v>
       </c>
       <c r="B29">
         <v>4692</v>
       </c>
       <c r="C29">
         <v>4854.15</v>
       </c>
       <c r="D29">
         <v>-2429.79</v>
       </c>
       <c r="E29">
         <v>100</v>
       </c>
     </row>
     <row r="30" spans="1:5">
       <c r="A30" t="s">
         <v>6</v>
       </c>
       <c r="B30">
-        <v>3514</v>
+        <v>3590</v>
       </c>
       <c r="C30">
-        <v>54650</v>
+        <v>277780</v>
       </c>
       <c r="D30">
-        <v>26422.68</v>
+        <v>150494.01</v>
       </c>
       <c r="E30">
         <v>25</v>
       </c>
     </row>
     <row r="31" spans="1:5">
       <c r="A31" t="s">
         <v>6</v>
       </c>
       <c r="B31">
-        <v>3513</v>
+        <v>3589</v>
       </c>
       <c r="C31">
-        <v>10700</v>
+        <v>74207.29</v>
       </c>
       <c r="D31">
-        <v>240</v>
+        <v>40723.09</v>
       </c>
       <c r="E31">
-        <v>75</v>
+        <v>25</v>
       </c>
     </row>
     <row r="32" spans="1:5">
       <c r="A32" t="s">
         <v>6</v>
       </c>
       <c r="B32">
-        <v>3512</v>
+        <v>3588</v>
       </c>
       <c r="C32">
-        <v>2580</v>
+        <v>5217</v>
       </c>
       <c r="D32">
-        <v>1144</v>
+        <v>3788</v>
       </c>
       <c r="E32">
         <v>75</v>
       </c>
     </row>
     <row r="33" spans="1:5">
       <c r="A33" t="s">
         <v>6</v>
       </c>
       <c r="B33">
-        <v>3510</v>
+        <v>3587</v>
       </c>
       <c r="C33">
-        <v>154.7</v>
+        <v>15460</v>
       </c>
       <c r="D33">
-        <v>119</v>
+        <v>9094</v>
       </c>
       <c r="E33">
-        <v>0</v>
+        <v>50</v>
       </c>
     </row>
     <row r="34" spans="1:5">
       <c r="A34" t="s">
         <v>6</v>
       </c>
       <c r="B34">
-        <v>3507</v>
+        <v>3586</v>
       </c>
       <c r="C34">
-        <v>14799</v>
+        <v>1530</v>
       </c>
       <c r="D34">
-        <v>10628.26</v>
+        <v>30</v>
       </c>
       <c r="E34">
         <v>50</v>
       </c>
     </row>
     <row r="35" spans="1:5">
       <c r="A35" t="s">
         <v>6</v>
       </c>
       <c r="B35">
-        <v>3505</v>
+        <v>3585</v>
       </c>
       <c r="C35">
-        <v>466350</v>
+        <v>1735680</v>
       </c>
       <c r="D35">
-        <v>235394.32</v>
+        <v>789941.35</v>
       </c>
       <c r="E35">
-        <v>25</v>
+        <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:5">
       <c r="A36" t="s">
         <v>6</v>
       </c>
       <c r="B36">
-        <v>3503</v>
+        <v>3584</v>
       </c>
       <c r="C36">
-        <v>12484</v>
+        <v>3800</v>
       </c>
       <c r="D36">
-        <v>2713.52</v>
+        <v>3520</v>
       </c>
       <c r="E36">
-        <v>75</v>
+        <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:5">
       <c r="A37" t="s">
         <v>6</v>
       </c>
       <c r="B37">
-        <v>3501</v>
+        <v>3583</v>
       </c>
       <c r="C37">
-        <v>211585</v>
+        <v>90024.2</v>
       </c>
       <c r="D37">
-        <v>109605.05</v>
+        <v>61381.61</v>
       </c>
       <c r="E37">
-        <v>25</v>
+        <v>50</v>
       </c>
     </row>
     <row r="38" spans="1:5">
       <c r="A38" t="s">
         <v>6</v>
       </c>
       <c r="B38">
-        <v>3500</v>
+        <v>3581</v>
       </c>
       <c r="C38">
-        <v>60510</v>
+        <v>30040</v>
       </c>
       <c r="D38">
-        <v>41459.9</v>
+        <v>26601.1</v>
       </c>
       <c r="E38">
-        <v>75</v>
+        <v>50</v>
       </c>
     </row>
     <row r="39" spans="1:5">
       <c r="A39" t="s">
         <v>6</v>
       </c>
       <c r="B39">
-        <v>3499</v>
+        <v>3580</v>
       </c>
       <c r="C39">
-        <v>9406</v>
+        <v>13908</v>
       </c>
       <c r="D39">
-        <v>7363.76</v>
+        <v>6639.8</v>
       </c>
       <c r="E39">
-        <v>75</v>
+        <v>50</v>
       </c>
     </row>
     <row r="40" spans="1:5">
       <c r="A40" t="s">
         <v>6</v>
       </c>
       <c r="B40">
-        <v>3495</v>
+        <v>3579</v>
       </c>
       <c r="C40">
-        <v>110520</v>
+        <v>522.03</v>
       </c>
       <c r="D40">
-        <v>55525.27</v>
+        <v>401.56</v>
       </c>
       <c r="E40">
-        <v>50</v>
+        <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:5">
       <c r="A41" t="s">
         <v>6</v>
       </c>
       <c r="B41">
-        <v>3493</v>
+        <v>3578</v>
       </c>
       <c r="C41">
-        <v>256484.69</v>
+        <v>81174</v>
       </c>
       <c r="D41">
-        <v>140673.62</v>
+        <v>46478.63</v>
       </c>
       <c r="E41">
-        <v>25</v>
+        <v>75</v>
       </c>
     </row>
     <row r="42" spans="1:5">
       <c r="A42" t="s">
         <v>6</v>
       </c>
       <c r="B42">
-        <v>3489</v>
+        <v>3577</v>
       </c>
       <c r="C42">
-        <v>238230</v>
+        <v>73530</v>
       </c>
       <c r="D42">
-        <v>136011.82</v>
+        <v>54898.51</v>
       </c>
       <c r="E42">
-        <v>75</v>
+        <v>25</v>
       </c>
     </row>
     <row r="43" spans="1:5">
       <c r="A43" t="s">
         <v>6</v>
       </c>
       <c r="B43">
-        <v>3486</v>
+        <v>3576</v>
       </c>
       <c r="C43">
-        <v>185407</v>
+        <v>40750</v>
       </c>
       <c r="D43">
-        <v>90819.16</v>
+        <v>28229.51</v>
       </c>
       <c r="E43">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="44" spans="1:5">
       <c r="A44" t="s">
         <v>6</v>
       </c>
       <c r="B44">
-        <v>3484</v>
+        <v>3575</v>
       </c>
       <c r="C44">
-        <v>4660</v>
+        <v>29090</v>
       </c>
       <c r="D44">
-        <v>1505.44</v>
+        <v>11926.29</v>
       </c>
       <c r="E44">
         <v>50</v>
       </c>
     </row>
     <row r="45" spans="1:5">
       <c r="A45" t="s">
         <v>6</v>
       </c>
       <c r="B45">
-        <v>3476</v>
+        <v>3574</v>
       </c>
       <c r="C45">
-        <v>36545</v>
+        <v>112324</v>
       </c>
       <c r="D45">
-        <v>24741.95</v>
+        <v>62367.02</v>
       </c>
       <c r="E45">
-        <v>50</v>
+        <v>75</v>
       </c>
     </row>
     <row r="46" spans="1:5">
       <c r="A46" t="s">
         <v>6</v>
       </c>
       <c r="B46">
-        <v>3475</v>
+        <v>3573</v>
       </c>
       <c r="C46">
-        <v>149815</v>
+        <v>49058</v>
       </c>
       <c r="D46">
-        <v>103574.18</v>
+        <v>10583.14</v>
       </c>
       <c r="E46">
         <v>75</v>
       </c>
     </row>
     <row r="47" spans="1:5">
       <c r="A47" t="s">
         <v>6</v>
       </c>
       <c r="B47">
-        <v>3474</v>
+        <v>3572</v>
       </c>
       <c r="C47">
-        <v>1873250</v>
+        <v>2151580</v>
       </c>
       <c r="D47">
-        <v>1536986.74</v>
+        <v>1152651.7</v>
       </c>
       <c r="E47">
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:5">
       <c r="A48" t="s">
         <v>6</v>
       </c>
       <c r="B48">
-        <v>3472</v>
+        <v>3571</v>
       </c>
       <c r="C48">
-        <v>8946</v>
+        <v>5832</v>
       </c>
       <c r="D48">
-        <v>5444</v>
+        <v>470</v>
       </c>
       <c r="E48">
-        <v>50</v>
+        <v>75</v>
       </c>
     </row>
     <row r="49" spans="1:5">
       <c r="A49" t="s">
         <v>6</v>
       </c>
       <c r="B49">
-        <v>3465</v>
+        <v>3570</v>
       </c>
       <c r="C49">
-        <v>10900</v>
+        <v>24928</v>
       </c>
       <c r="D49">
-        <v>5797.62</v>
+        <v>16804.24</v>
       </c>
       <c r="E49">
         <v>50</v>
       </c>
     </row>
     <row r="50" spans="1:5">
       <c r="A50" t="s">
         <v>6</v>
       </c>
       <c r="B50">
-        <v>3463</v>
+        <v>3569</v>
       </c>
       <c r="C50">
-        <v>79484</v>
+        <v>46780</v>
       </c>
       <c r="D50">
-        <v>44497.63</v>
+        <v>32231.51</v>
       </c>
       <c r="E50">
-        <v>50</v>
+        <v>25</v>
       </c>
     </row>
     <row r="51" spans="1:5">
       <c r="A51" t="s">
         <v>6</v>
       </c>
       <c r="B51">
-        <v>3462</v>
+        <v>3568</v>
       </c>
       <c r="C51">
-        <v>86550</v>
+        <v>8240</v>
       </c>
       <c r="D51">
-        <v>51301.86</v>
+        <v>4196.49</v>
       </c>
       <c r="E51">
-        <v>75</v>
+        <v>25</v>
       </c>
     </row>
     <row r="52" spans="1:5">
       <c r="A52" t="s">
         <v>6</v>
       </c>
       <c r="B52">
-        <v>3461</v>
+        <v>3567</v>
       </c>
       <c r="C52">
-        <v>117585</v>
+        <v>39336</v>
       </c>
       <c r="D52">
-        <v>105729.97</v>
+        <v>18534.81</v>
       </c>
       <c r="E52">
-        <v>0</v>
+        <v>75</v>
       </c>
     </row>
     <row r="53" spans="1:5">
       <c r="A53" t="s">
         <v>6</v>
       </c>
       <c r="B53">
-        <v>3459</v>
+        <v>3565</v>
       </c>
       <c r="C53">
-        <v>25020</v>
+        <v>18198</v>
       </c>
       <c r="D53">
-        <v>9933.74</v>
+        <v>9487.38</v>
       </c>
       <c r="E53">
         <v>50</v>
       </c>
     </row>
     <row r="54" spans="1:5">
       <c r="A54" t="s">
         <v>6</v>
       </c>
       <c r="B54">
-        <v>3458</v>
+        <v>3561</v>
       </c>
       <c r="C54">
-        <v>49752</v>
+        <v>79.95</v>
       </c>
       <c r="D54">
-        <v>32304.53</v>
+        <v>61.5</v>
       </c>
       <c r="E54">
-        <v>50</v>
+        <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:5">
       <c r="A55" t="s">
         <v>6</v>
       </c>
       <c r="B55">
-        <v>3457</v>
+        <v>3559</v>
       </c>
       <c r="C55">
-        <v>18014</v>
+        <v>1645</v>
       </c>
       <c r="D55">
-        <v>16365.42</v>
+        <v>1361.25</v>
       </c>
       <c r="E55">
-        <v>50</v>
+        <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:5">
       <c r="A56" t="s">
         <v>6</v>
       </c>
       <c r="B56">
-        <v>3451</v>
+        <v>3558</v>
       </c>
       <c r="C56">
-        <v>19280</v>
+        <v>414059</v>
       </c>
       <c r="D56">
-        <v>50</v>
+        <v>246202.3</v>
       </c>
       <c r="E56">
-        <v>0</v>
+        <v>50</v>
       </c>
     </row>
     <row r="57" spans="1:5">
       <c r="A57" t="s">
         <v>6</v>
       </c>
       <c r="B57">
-        <v>3449</v>
+        <v>3557</v>
       </c>
       <c r="C57">
-        <v>743.1</v>
+        <v>4779</v>
       </c>
       <c r="D57">
-        <v>387</v>
+        <v>2895.08</v>
       </c>
       <c r="E57">
-        <v>0</v>
+        <v>75</v>
       </c>
     </row>
     <row r="58" spans="1:5">
       <c r="A58" t="s">
         <v>6</v>
       </c>
       <c r="B58">
-        <v>3444</v>
+        <v>3556</v>
       </c>
       <c r="C58">
-        <v>8030</v>
+        <v>5470</v>
       </c>
       <c r="D58">
-        <v>3811.5</v>
+        <v>1001</v>
       </c>
       <c r="E58">
         <v>50</v>
       </c>
     </row>
     <row r="59" spans="1:5">
       <c r="A59" t="s">
         <v>6</v>
       </c>
       <c r="B59">
-        <v>3443</v>
+        <v>3555</v>
       </c>
       <c r="C59">
-        <v>237391</v>
+        <v>6500</v>
       </c>
       <c r="D59">
-        <v>131842.7</v>
+        <v>5771.9</v>
       </c>
       <c r="E59">
-        <v>75</v>
+        <v>50</v>
       </c>
     </row>
     <row r="60" spans="1:5">
       <c r="A60" t="s">
         <v>6</v>
       </c>
       <c r="B60">
-        <v>3436</v>
+        <v>3554</v>
       </c>
       <c r="C60">
-        <v>756</v>
+        <v>6630</v>
       </c>
       <c r="D60">
-        <v>361.65</v>
+        <v>270</v>
       </c>
       <c r="E60">
         <v>75</v>
       </c>
     </row>
     <row r="61" spans="1:5">
       <c r="A61" t="s">
         <v>6</v>
       </c>
       <c r="B61">
-        <v>3433</v>
+        <v>3553</v>
       </c>
       <c r="C61">
-        <v>75969</v>
+        <v>60140</v>
       </c>
       <c r="D61">
-        <v>42945.43</v>
+        <v>37192.8</v>
       </c>
       <c r="E61">
-        <v>25</v>
+        <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:5">
       <c r="A62" t="s">
         <v>6</v>
       </c>
       <c r="B62">
-        <v>3432</v>
+        <v>3552</v>
       </c>
       <c r="C62">
-        <v>1860</v>
+        <v>737.04</v>
       </c>
       <c r="D62">
-        <v>130</v>
+        <v>96.8</v>
       </c>
       <c r="E62">
-        <v>75</v>
+        <v>0</v>
       </c>
     </row>
     <row r="63" spans="1:5">
       <c r="A63" t="s">
         <v>6</v>
       </c>
       <c r="B63">
-        <v>3428</v>
+        <v>3551</v>
       </c>
       <c r="C63">
-        <v>1280</v>
+        <v>144</v>
       </c>
       <c r="D63">
         <v>0</v>
       </c>
       <c r="E63">
-        <v>50</v>
+        <v>0</v>
       </c>
     </row>
     <row r="64" spans="1:5">
       <c r="A64" t="s">
         <v>6</v>
       </c>
       <c r="B64">
-        <v>3424</v>
+        <v>3550</v>
       </c>
       <c r="C64">
-        <v>438260</v>
+        <v>2860</v>
       </c>
       <c r="D64">
-        <v>249073.9</v>
+        <v>2347.5</v>
       </c>
       <c r="E64">
-        <v>75</v>
+        <v>50</v>
       </c>
     </row>
     <row r="65" spans="1:5">
       <c r="A65" t="s">
         <v>6</v>
       </c>
       <c r="B65">
-        <v>3422</v>
+        <v>3547</v>
       </c>
       <c r="C65">
-        <v>6716</v>
+        <v>23228</v>
       </c>
       <c r="D65">
-        <v>3000</v>
+        <v>8929.51</v>
       </c>
       <c r="E65">
-        <v>75</v>
+        <v>50</v>
       </c>
     </row>
     <row r="66" spans="1:5">
       <c r="A66" t="s">
         <v>6</v>
       </c>
       <c r="B66">
-        <v>3419</v>
+        <v>3545</v>
       </c>
       <c r="C66">
-        <v>195814</v>
+        <v>485299</v>
       </c>
       <c r="D66">
-        <v>114400.7</v>
+        <v>315187.18</v>
       </c>
       <c r="E66">
-        <v>25</v>
+        <v>0</v>
       </c>
     </row>
     <row r="67" spans="1:5">
       <c r="A67" t="s">
         <v>6</v>
       </c>
       <c r="B67">
-        <v>3418</v>
+        <v>3542</v>
       </c>
       <c r="C67">
-        <v>250725</v>
+        <v>17240</v>
       </c>
       <c r="D67">
-        <v>133514.87</v>
+        <v>6232.29</v>
       </c>
       <c r="E67">
-        <v>25</v>
+        <v>75</v>
       </c>
     </row>
     <row r="68" spans="1:5">
       <c r="A68" t="s">
         <v>6</v>
       </c>
       <c r="B68">
-        <v>3417</v>
+        <v>3541</v>
       </c>
       <c r="C68">
-        <v>228633</v>
+        <v>178918</v>
       </c>
       <c r="D68">
-        <v>117912.23</v>
+        <v>113416.52</v>
       </c>
       <c r="E68">
-        <v>25</v>
+        <v>0</v>
       </c>
     </row>
     <row r="69" spans="1:5">
       <c r="A69" t="s">
         <v>6</v>
       </c>
       <c r="B69">
-        <v>3414</v>
+        <v>3540</v>
       </c>
       <c r="C69">
-        <v>21860</v>
+        <v>3110</v>
       </c>
       <c r="D69">
-        <v>8140.78</v>
+        <v>2516.45</v>
       </c>
       <c r="E69">
-        <v>0</v>
+        <v>50</v>
       </c>
     </row>
     <row r="70" spans="1:5">
       <c r="A70" t="s">
         <v>6</v>
       </c>
       <c r="B70">
-        <v>3413</v>
+        <v>3538</v>
       </c>
       <c r="C70">
-        <v>37820</v>
+        <v>4606</v>
       </c>
       <c r="D70">
-        <v>14518.79</v>
+        <v>385.4</v>
       </c>
       <c r="E70">
-        <v>0</v>
+        <v>75</v>
       </c>
     </row>
     <row r="71" spans="1:5">
       <c r="A71" t="s">
         <v>6</v>
       </c>
       <c r="B71">
-        <v>3412</v>
+        <v>3536</v>
       </c>
       <c r="C71">
-        <v>47640</v>
+        <v>5910</v>
       </c>
       <c r="D71">
-        <v>22978.21</v>
+        <v>2383.4</v>
       </c>
       <c r="E71">
-        <v>0</v>
+        <v>25</v>
       </c>
     </row>
     <row r="72" spans="1:5">
       <c r="A72" t="s">
         <v>6</v>
       </c>
       <c r="B72">
-        <v>3404</v>
+        <v>3532</v>
       </c>
       <c r="C72">
-        <v>269288</v>
+        <v>109000</v>
       </c>
       <c r="D72">
-        <v>99231.71</v>
+        <v>77662.7</v>
       </c>
       <c r="E72">
         <v>50</v>
       </c>
     </row>
     <row r="73" spans="1:5">
       <c r="A73" t="s">
         <v>6</v>
       </c>
       <c r="B73">
-        <v>3401</v>
+        <v>3531</v>
       </c>
       <c r="C73">
-        <v>37748</v>
+        <v>10607</v>
       </c>
       <c r="D73">
-        <v>20970.31</v>
+        <v>7181.24</v>
       </c>
       <c r="E73">
-        <v>25</v>
+        <v>0</v>
       </c>
     </row>
     <row r="74" spans="1:5">
       <c r="A74" t="s">
         <v>6</v>
       </c>
       <c r="B74">
-        <v>3400</v>
+        <v>3530</v>
       </c>
       <c r="C74">
-        <v>10834</v>
+        <v>9292</v>
       </c>
       <c r="D74">
-        <v>6011</v>
+        <v>6701.24</v>
       </c>
       <c r="E74">
-        <v>50</v>
+        <v>25</v>
       </c>
     </row>
     <row r="75" spans="1:5">
       <c r="A75" t="s">
         <v>6</v>
       </c>
       <c r="B75">
-        <v>3395</v>
+        <v>3528</v>
       </c>
       <c r="C75">
-        <v>9472</v>
+        <v>2560</v>
       </c>
       <c r="D75">
-        <v>4509.46</v>
+        <v>0</v>
       </c>
       <c r="E75">
-        <v>75</v>
+        <v>50</v>
       </c>
     </row>
     <row r="76" spans="1:5">
       <c r="A76" t="s">
         <v>6</v>
       </c>
       <c r="B76">
-        <v>3394</v>
+        <v>3526</v>
       </c>
       <c r="C76">
-        <v>11381</v>
+        <v>15715</v>
       </c>
       <c r="D76">
-        <v>9068.3</v>
+        <v>6864.92</v>
       </c>
       <c r="E76">
-        <v>75</v>
+        <v>25</v>
       </c>
     </row>
     <row r="77" spans="1:5">
       <c r="A77" t="s">
         <v>6</v>
       </c>
       <c r="B77">
-        <v>3393</v>
+        <v>3521</v>
       </c>
       <c r="C77">
-        <v>8360</v>
+        <v>72300</v>
       </c>
       <c r="D77">
-        <v>0</v>
+        <v>11848</v>
       </c>
       <c r="E77">
-        <v>50</v>
+        <v>0</v>
       </c>
     </row>
     <row r="78" spans="1:5">
       <c r="A78" t="s">
         <v>6</v>
       </c>
       <c r="B78">
-        <v>3392</v>
+        <v>3518</v>
       </c>
       <c r="C78">
-        <v>19909</v>
+        <v>2151120</v>
       </c>
       <c r="D78">
-        <v>12979.45</v>
+        <v>1143948.37</v>
       </c>
       <c r="E78">
-        <v>50</v>
+        <v>0</v>
       </c>
     </row>
     <row r="79" spans="1:5">
       <c r="A79" t="s">
         <v>6</v>
       </c>
       <c r="B79">
-        <v>3390</v>
+        <v>3514</v>
       </c>
       <c r="C79">
-        <v>20776</v>
+        <v>54650</v>
       </c>
       <c r="D79">
-        <v>10539.2</v>
+        <v>26422.68</v>
       </c>
       <c r="E79">
-        <v>50</v>
+        <v>25</v>
       </c>
     </row>
     <row r="80" spans="1:5">
       <c r="A80" t="s">
         <v>6</v>
       </c>
       <c r="B80">
-        <v>3388</v>
+        <v>3507</v>
       </c>
       <c r="C80">
-        <v>21298</v>
+        <v>14799</v>
       </c>
       <c r="D80">
-        <v>9829.45</v>
+        <v>10628.26</v>
       </c>
       <c r="E80">
-        <v>25</v>
+        <v>50</v>
       </c>
     </row>
     <row r="81" spans="1:5">
       <c r="A81" t="s">
         <v>6</v>
       </c>
       <c r="B81">
-        <v>3387</v>
+        <v>3505</v>
       </c>
       <c r="C81">
-        <v>19844</v>
+        <v>466350</v>
       </c>
       <c r="D81">
-        <v>8098.9</v>
+        <v>235394.32</v>
       </c>
       <c r="E81">
-        <v>50</v>
+        <v>25</v>
       </c>
     </row>
     <row r="82" spans="1:5">
       <c r="A82" t="s">
         <v>6</v>
       </c>
       <c r="B82">
-        <v>3385</v>
+        <v>3501</v>
       </c>
       <c r="C82">
-        <v>317182</v>
+        <v>211585</v>
       </c>
       <c r="D82">
-        <v>207523.55</v>
+        <v>109605.05</v>
       </c>
       <c r="E82">
-        <v>75</v>
+        <v>25</v>
       </c>
     </row>
     <row r="83" spans="1:5">
       <c r="A83" t="s">
         <v>6</v>
       </c>
       <c r="B83">
-        <v>3383</v>
+        <v>3500</v>
       </c>
       <c r="C83">
-        <v>378781</v>
+        <v>60510</v>
       </c>
       <c r="D83">
-        <v>236760.71</v>
+        <v>41459.9</v>
       </c>
       <c r="E83">
-        <v>50</v>
+        <v>75</v>
       </c>
     </row>
     <row r="84" spans="1:5">
       <c r="A84" t="s">
         <v>6</v>
       </c>
       <c r="B84">
-        <v>3380</v>
+        <v>3493</v>
       </c>
       <c r="C84">
-        <v>173590</v>
+        <v>256484.69</v>
       </c>
       <c r="D84">
-        <v>75153.15</v>
+        <v>140673.62</v>
       </c>
       <c r="E84">
         <v>25</v>
       </c>
     </row>
     <row r="85" spans="1:5">
       <c r="A85" t="s">
         <v>6</v>
       </c>
       <c r="B85">
-        <v>3378</v>
+        <v>3489</v>
       </c>
       <c r="C85">
-        <v>7621.27</v>
+        <v>238230</v>
       </c>
       <c r="D85">
-        <v>4087.23</v>
+        <v>136011.82</v>
       </c>
       <c r="E85">
-        <v>25</v>
+        <v>75</v>
       </c>
     </row>
     <row r="86" spans="1:5">
       <c r="A86" t="s">
         <v>6</v>
       </c>
       <c r="B86">
-        <v>3377</v>
+        <v>3484</v>
       </c>
       <c r="C86">
-        <v>35487</v>
+        <v>4660</v>
       </c>
       <c r="D86">
-        <v>21893.96</v>
+        <v>1505.44</v>
       </c>
       <c r="E86">
-        <v>75</v>
+        <v>50</v>
       </c>
     </row>
     <row r="87" spans="1:5">
       <c r="A87" t="s">
         <v>6</v>
       </c>
       <c r="B87">
-        <v>3375</v>
+        <v>3475</v>
       </c>
       <c r="C87">
-        <v>24402</v>
+        <v>149815</v>
       </c>
       <c r="D87">
-        <v>15243</v>
+        <v>103574.18</v>
       </c>
       <c r="E87">
-        <v>50</v>
+        <v>75</v>
       </c>
     </row>
     <row r="88" spans="1:5">
       <c r="A88" t="s">
         <v>6</v>
       </c>
       <c r="B88">
-        <v>3374</v>
+        <v>3474</v>
       </c>
       <c r="C88">
-        <v>17596</v>
+        <v>1873250</v>
       </c>
       <c r="D88">
-        <v>11096.85</v>
+        <v>1536986.74</v>
       </c>
       <c r="E88">
-        <v>50</v>
+        <v>0</v>
       </c>
     </row>
     <row r="89" spans="1:5">
       <c r="A89" t="s">
         <v>6</v>
       </c>
       <c r="B89">
-        <v>3371</v>
+        <v>3472</v>
       </c>
       <c r="C89">
-        <v>43700</v>
+        <v>8946</v>
       </c>
       <c r="D89">
-        <v>33739.5</v>
+        <v>5444</v>
       </c>
       <c r="E89">
         <v>50</v>
       </c>
     </row>
     <row r="90" spans="1:5">
       <c r="A90" t="s">
         <v>6</v>
       </c>
       <c r="B90">
-        <v>3360</v>
+        <v>3465</v>
       </c>
       <c r="C90">
-        <v>181532</v>
+        <v>10900</v>
       </c>
       <c r="D90">
-        <v>81619.22</v>
+        <v>5797.62</v>
       </c>
       <c r="E90">
-        <v>25</v>
+        <v>50</v>
       </c>
     </row>
     <row r="91" spans="1:5">
       <c r="A91" t="s">
         <v>6</v>
       </c>
       <c r="B91">
-        <v>3349</v>
+        <v>3462</v>
       </c>
       <c r="C91">
-        <v>17770</v>
+        <v>86550</v>
       </c>
       <c r="D91">
-        <v>7303.2</v>
+        <v>51301.86</v>
       </c>
       <c r="E91">
-        <v>50</v>
+        <v>75</v>
       </c>
     </row>
     <row r="92" spans="1:5">
       <c r="A92" t="s">
         <v>6</v>
       </c>
       <c r="B92">
-        <v>3318</v>
+        <v>3461</v>
       </c>
       <c r="C92">
-        <v>8481</v>
+        <v>166844.5</v>
       </c>
       <c r="D92">
-        <v>2939.12</v>
+        <v>149711.67</v>
       </c>
       <c r="E92">
-        <v>25</v>
+        <v>0</v>
       </c>
     </row>
     <row r="93" spans="1:5">
       <c r="A93" t="s">
         <v>6</v>
       </c>
       <c r="B93">
-        <v>3317</v>
+        <v>3458</v>
       </c>
       <c r="C93">
-        <v>28879.7</v>
+        <v>49752</v>
       </c>
       <c r="D93">
-        <v>21921.62</v>
+        <v>32304.53</v>
       </c>
       <c r="E93">
-        <v>0</v>
+        <v>50</v>
       </c>
     </row>
     <row r="94" spans="1:5">
       <c r="A94" t="s">
         <v>6</v>
       </c>
       <c r="B94">
-        <v>3314</v>
+        <v>3457</v>
       </c>
       <c r="C94">
-        <v>249876</v>
+        <v>18014</v>
       </c>
       <c r="D94">
-        <v>148483.34</v>
+        <v>16365.42</v>
       </c>
       <c r="E94">
-        <v>75</v>
+        <v>50</v>
       </c>
     </row>
     <row r="95" spans="1:5">
       <c r="A95" t="s">
         <v>6</v>
       </c>
       <c r="B95">
-        <v>3304</v>
+        <v>3451</v>
       </c>
       <c r="C95">
-        <v>3130.95</v>
+        <v>19280</v>
       </c>
       <c r="D95">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="E95">
-        <v>25</v>
+        <v>0</v>
       </c>
     </row>
     <row r="96" spans="1:5">
       <c r="A96" t="s">
         <v>6</v>
       </c>
       <c r="B96">
-        <v>3296</v>
+        <v>3443</v>
       </c>
       <c r="C96">
-        <v>8208</v>
+        <v>237391</v>
       </c>
       <c r="D96">
-        <v>4007</v>
+        <v>131842.7</v>
       </c>
       <c r="E96">
-        <v>50</v>
+        <v>75</v>
       </c>
     </row>
     <row r="97" spans="1:5">
       <c r="A97" t="s">
         <v>6</v>
       </c>
       <c r="B97">
-        <v>3286</v>
+        <v>3436</v>
       </c>
       <c r="C97">
-        <v>36707.4</v>
+        <v>756</v>
       </c>
       <c r="D97">
-        <v>17457.32</v>
+        <v>361.65</v>
       </c>
       <c r="E97">
-        <v>50</v>
+        <v>75</v>
       </c>
     </row>
     <row r="98" spans="1:5">
       <c r="A98" t="s">
         <v>6</v>
       </c>
       <c r="B98">
-        <v>3281</v>
+        <v>3433</v>
       </c>
       <c r="C98">
-        <v>367872</v>
+        <v>75969</v>
       </c>
       <c r="D98">
-        <v>251911.35</v>
+        <v>42945.43</v>
       </c>
       <c r="E98">
-        <v>50</v>
+        <v>25</v>
       </c>
     </row>
     <row r="99" spans="1:5">
       <c r="A99" t="s">
         <v>6</v>
       </c>
       <c r="B99">
-        <v>3277</v>
+        <v>3428</v>
       </c>
       <c r="C99">
-        <v>3207.86</v>
+        <v>1280</v>
       </c>
       <c r="D99">
-        <v>2467.57</v>
+        <v>0</v>
       </c>
       <c r="E99">
         <v>50</v>
       </c>
     </row>
     <row r="100" spans="1:5">
       <c r="A100" t="s">
         <v>6</v>
       </c>
       <c r="B100">
-        <v>3275</v>
+        <v>3424</v>
       </c>
       <c r="C100">
-        <v>138885</v>
+        <v>438260</v>
       </c>
       <c r="D100">
-        <v>93405.36</v>
+        <v>249073.9</v>
       </c>
       <c r="E100">
-        <v>0</v>
+        <v>75</v>
       </c>
     </row>
     <row r="101" spans="1:5">
       <c r="A101" t="s">
         <v>6</v>
       </c>
       <c r="B101">
-        <v>3274</v>
+        <v>3422</v>
       </c>
       <c r="C101">
-        <v>158085</v>
+        <v>6716</v>
       </c>
       <c r="D101">
-        <v>110955.36</v>
+        <v>3000</v>
       </c>
       <c r="E101">
-        <v>50</v>
+        <v>75</v>
       </c>
     </row>
     <row r="102" spans="1:5">
       <c r="A102" t="s">
         <v>6</v>
       </c>
       <c r="B102">
-        <v>3273</v>
+        <v>3419</v>
       </c>
       <c r="C102">
-        <v>174895</v>
+        <v>195814</v>
       </c>
       <c r="D102">
-        <v>118083.36</v>
+        <v>114400.7</v>
       </c>
       <c r="E102">
-        <v>0</v>
+        <v>25</v>
       </c>
     </row>
     <row r="103" spans="1:5">
       <c r="A103" t="s">
         <v>6</v>
       </c>
       <c r="B103">
-        <v>3264</v>
+        <v>3418</v>
       </c>
       <c r="C103">
-        <v>235495</v>
+        <v>250725</v>
       </c>
       <c r="D103">
-        <v>170139.36</v>
+        <v>133514.87</v>
       </c>
       <c r="E103">
-        <v>0</v>
+        <v>25</v>
       </c>
     </row>
     <row r="104" spans="1:5">
       <c r="A104" t="s">
         <v>6</v>
       </c>
       <c r="B104">
-        <v>3261</v>
+        <v>3417</v>
       </c>
       <c r="C104">
-        <v>300725</v>
+        <v>228633</v>
       </c>
       <c r="D104">
-        <v>152613.41</v>
+        <v>117912.23</v>
       </c>
       <c r="E104">
-        <v>50</v>
+        <v>25</v>
       </c>
     </row>
     <row r="105" spans="1:5">
       <c r="A105" t="s">
         <v>6</v>
       </c>
       <c r="B105">
-        <v>3260</v>
+        <v>3404</v>
       </c>
       <c r="C105">
-        <v>259660</v>
+        <v>269288</v>
       </c>
       <c r="D105">
-        <v>126685.69</v>
+        <v>99231.71</v>
       </c>
       <c r="E105">
-        <v>0</v>
+        <v>50</v>
       </c>
     </row>
     <row r="106" spans="1:5">
       <c r="A106" t="s">
         <v>6</v>
       </c>
       <c r="B106">
-        <v>3259</v>
+        <v>3401</v>
       </c>
       <c r="C106">
-        <v>159840</v>
+        <v>37748</v>
       </c>
       <c r="D106">
-        <v>58585.54</v>
+        <v>20970.31</v>
       </c>
       <c r="E106">
-        <v>0</v>
+        <v>25</v>
       </c>
     </row>
     <row r="107" spans="1:5">
       <c r="A107" t="s">
         <v>6</v>
       </c>
       <c r="B107">
-        <v>3258</v>
+        <v>3400</v>
       </c>
       <c r="C107">
-        <v>31782</v>
+        <v>10834</v>
       </c>
       <c r="D107">
-        <v>18150.74</v>
+        <v>6011</v>
       </c>
       <c r="E107">
-        <v>25</v>
+        <v>50</v>
       </c>
     </row>
     <row r="108" spans="1:5">
       <c r="A108" t="s">
         <v>6</v>
       </c>
       <c r="B108">
-        <v>3256</v>
+        <v>3395</v>
       </c>
       <c r="C108">
-        <v>1977.1</v>
+        <v>9472</v>
       </c>
       <c r="D108">
-        <v>1520.84</v>
+        <v>4509.46</v>
       </c>
       <c r="E108">
-        <v>50</v>
+        <v>75</v>
       </c>
     </row>
     <row r="109" spans="1:5">
       <c r="A109" t="s">
         <v>6</v>
       </c>
       <c r="B109">
-        <v>3253</v>
+        <v>3394</v>
       </c>
       <c r="C109">
-        <v>40859.1</v>
+        <v>11381</v>
       </c>
       <c r="D109">
-        <v>17787.25</v>
+        <v>9068.3</v>
       </c>
       <c r="E109">
-        <v>50</v>
+        <v>75</v>
       </c>
     </row>
     <row r="110" spans="1:5">
       <c r="A110" t="s">
         <v>6</v>
       </c>
       <c r="B110">
-        <v>3248</v>
+        <v>3393</v>
       </c>
       <c r="C110">
-        <v>134210</v>
+        <v>8360</v>
       </c>
       <c r="D110">
-        <v>102694</v>
+        <v>0</v>
       </c>
       <c r="E110">
-        <v>75</v>
+        <v>50</v>
       </c>
     </row>
     <row r="111" spans="1:5">
       <c r="A111" t="s">
         <v>6</v>
       </c>
       <c r="B111">
-        <v>3247</v>
+        <v>3392</v>
       </c>
       <c r="C111">
-        <v>7600</v>
+        <v>19909</v>
       </c>
       <c r="D111">
-        <v>0</v>
+        <v>12979.45</v>
       </c>
       <c r="E111">
         <v>50</v>
       </c>
     </row>
     <row r="112" spans="1:5">
       <c r="A112" t="s">
         <v>6</v>
       </c>
       <c r="B112">
-        <v>3245</v>
+        <v>3390</v>
       </c>
       <c r="C112">
-        <v>35740</v>
+        <v>20776</v>
       </c>
       <c r="D112">
-        <v>20838.97</v>
+        <v>10539.2</v>
       </c>
       <c r="E112">
         <v>50</v>
       </c>
     </row>
     <row r="113" spans="1:5">
       <c r="A113" t="s">
         <v>6</v>
       </c>
       <c r="B113">
-        <v>3244</v>
+        <v>3388</v>
       </c>
       <c r="C113">
-        <v>153410</v>
+        <v>21298</v>
       </c>
       <c r="D113">
-        <v>120412</v>
+        <v>9829.45</v>
       </c>
       <c r="E113">
-        <v>0</v>
+        <v>25</v>
       </c>
     </row>
     <row r="114" spans="1:5">
       <c r="A114" t="s">
         <v>6</v>
       </c>
       <c r="B114">
-        <v>3230</v>
+        <v>3387</v>
       </c>
       <c r="C114">
-        <v>53890</v>
+        <v>19844</v>
       </c>
       <c r="D114">
-        <v>7550</v>
+        <v>8098.9</v>
       </c>
       <c r="E114">
         <v>50</v>
       </c>
     </row>
     <row r="115" spans="1:5">
       <c r="A115" t="s">
         <v>6</v>
       </c>
       <c r="B115">
-        <v>3218</v>
+        <v>3385</v>
       </c>
       <c r="C115">
-        <v>13380</v>
+        <v>317182</v>
       </c>
       <c r="D115">
-        <v>10002.16</v>
+        <v>207523.55</v>
       </c>
       <c r="E115">
-        <v>25</v>
+        <v>75</v>
       </c>
     </row>
     <row r="116" spans="1:5">
       <c r="A116" t="s">
         <v>6</v>
       </c>
       <c r="B116">
+        <v>3380</v>
+      </c>
+      <c r="C116">
+        <v>173590</v>
+      </c>
+      <c r="D116">
+        <v>75153.15</v>
+      </c>
+      <c r="E116">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="117" spans="1:5">
+      <c r="A117" t="s">
+        <v>6</v>
+      </c>
+      <c r="B117">
+        <v>3378</v>
+      </c>
+      <c r="C117">
+        <v>7621.27</v>
+      </c>
+      <c r="D117">
+        <v>4087.23</v>
+      </c>
+      <c r="E117">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="118" spans="1:5">
+      <c r="A118" t="s">
+        <v>6</v>
+      </c>
+      <c r="B118">
+        <v>3377</v>
+      </c>
+      <c r="C118">
+        <v>35487</v>
+      </c>
+      <c r="D118">
+        <v>21893.96</v>
+      </c>
+      <c r="E118">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="119" spans="1:5">
+      <c r="A119" t="s">
+        <v>6</v>
+      </c>
+      <c r="B119">
+        <v>3375</v>
+      </c>
+      <c r="C119">
+        <v>24402</v>
+      </c>
+      <c r="D119">
+        <v>15243</v>
+      </c>
+      <c r="E119">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="120" spans="1:5">
+      <c r="A120" t="s">
+        <v>6</v>
+      </c>
+      <c r="B120">
+        <v>3374</v>
+      </c>
+      <c r="C120">
+        <v>17596</v>
+      </c>
+      <c r="D120">
+        <v>11096.85</v>
+      </c>
+      <c r="E120">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="121" spans="1:5">
+      <c r="A121" t="s">
+        <v>6</v>
+      </c>
+      <c r="B121">
+        <v>3371</v>
+      </c>
+      <c r="C121">
+        <v>43700</v>
+      </c>
+      <c r="D121">
+        <v>33739.5</v>
+      </c>
+      <c r="E121">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="122" spans="1:5">
+      <c r="A122" t="s">
+        <v>6</v>
+      </c>
+      <c r="B122">
+        <v>3360</v>
+      </c>
+      <c r="C122">
+        <v>181532</v>
+      </c>
+      <c r="D122">
+        <v>81619.22</v>
+      </c>
+      <c r="E122">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="123" spans="1:5">
+      <c r="A123" t="s">
+        <v>6</v>
+      </c>
+      <c r="B123">
+        <v>3349</v>
+      </c>
+      <c r="C123">
+        <v>17770</v>
+      </c>
+      <c r="D123">
+        <v>7303.2</v>
+      </c>
+      <c r="E123">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="124" spans="1:5">
+      <c r="A124" t="s">
+        <v>6</v>
+      </c>
+      <c r="B124">
+        <v>3317</v>
+      </c>
+      <c r="C124">
+        <v>28879.7</v>
+      </c>
+      <c r="D124">
+        <v>21921.62</v>
+      </c>
+      <c r="E124">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="125" spans="1:5">
+      <c r="A125" t="s">
+        <v>6</v>
+      </c>
+      <c r="B125">
+        <v>3314</v>
+      </c>
+      <c r="C125">
+        <v>249876</v>
+      </c>
+      <c r="D125">
+        <v>148483.34</v>
+      </c>
+      <c r="E125">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="126" spans="1:5">
+      <c r="A126" t="s">
+        <v>6</v>
+      </c>
+      <c r="B126">
+        <v>3304</v>
+      </c>
+      <c r="C126">
+        <v>3130.95</v>
+      </c>
+      <c r="D126">
+        <v>40</v>
+      </c>
+      <c r="E126">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="127" spans="1:5">
+      <c r="A127" t="s">
+        <v>6</v>
+      </c>
+      <c r="B127">
+        <v>3296</v>
+      </c>
+      <c r="C127">
+        <v>8208</v>
+      </c>
+      <c r="D127">
+        <v>4007</v>
+      </c>
+      <c r="E127">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="128" spans="1:5">
+      <c r="A128" t="s">
+        <v>6</v>
+      </c>
+      <c r="B128">
+        <v>3286</v>
+      </c>
+      <c r="C128">
+        <v>36707.4</v>
+      </c>
+      <c r="D128">
+        <v>17457.32</v>
+      </c>
+      <c r="E128">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="129" spans="1:5">
+      <c r="A129" t="s">
+        <v>6</v>
+      </c>
+      <c r="B129">
+        <v>3281</v>
+      </c>
+      <c r="C129">
+        <v>367872</v>
+      </c>
+      <c r="D129">
+        <v>251911.35</v>
+      </c>
+      <c r="E129">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="130" spans="1:5">
+      <c r="A130" t="s">
+        <v>6</v>
+      </c>
+      <c r="B130">
+        <v>3277</v>
+      </c>
+      <c r="C130">
+        <v>3207.86</v>
+      </c>
+      <c r="D130">
+        <v>2467.57</v>
+      </c>
+      <c r="E130">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="131" spans="1:5">
+      <c r="A131" t="s">
+        <v>6</v>
+      </c>
+      <c r="B131">
+        <v>3275</v>
+      </c>
+      <c r="C131">
+        <v>138885</v>
+      </c>
+      <c r="D131">
+        <v>93405.36</v>
+      </c>
+      <c r="E131">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="132" spans="1:5">
+      <c r="A132" t="s">
+        <v>6</v>
+      </c>
+      <c r="B132">
+        <v>3274</v>
+      </c>
+      <c r="C132">
+        <v>158085</v>
+      </c>
+      <c r="D132">
+        <v>110955.36</v>
+      </c>
+      <c r="E132">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="133" spans="1:5">
+      <c r="A133" t="s">
+        <v>6</v>
+      </c>
+      <c r="B133">
+        <v>3273</v>
+      </c>
+      <c r="C133">
+        <v>174895</v>
+      </c>
+      <c r="D133">
+        <v>118083.36</v>
+      </c>
+      <c r="E133">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="134" spans="1:5">
+      <c r="A134" t="s">
+        <v>6</v>
+      </c>
+      <c r="B134">
+        <v>3264</v>
+      </c>
+      <c r="C134">
+        <v>235495</v>
+      </c>
+      <c r="D134">
+        <v>170139.36</v>
+      </c>
+      <c r="E134">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="135" spans="1:5">
+      <c r="A135" t="s">
+        <v>6</v>
+      </c>
+      <c r="B135">
+        <v>3261</v>
+      </c>
+      <c r="C135">
+        <v>300725</v>
+      </c>
+      <c r="D135">
+        <v>152613.41</v>
+      </c>
+      <c r="E135">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="136" spans="1:5">
+      <c r="A136" t="s">
+        <v>6</v>
+      </c>
+      <c r="B136">
+        <v>3260</v>
+      </c>
+      <c r="C136">
+        <v>259660</v>
+      </c>
+      <c r="D136">
+        <v>126685.69</v>
+      </c>
+      <c r="E136">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="137" spans="1:5">
+      <c r="A137" t="s">
+        <v>6</v>
+      </c>
+      <c r="B137">
+        <v>3259</v>
+      </c>
+      <c r="C137">
+        <v>159840</v>
+      </c>
+      <c r="D137">
+        <v>58585.54</v>
+      </c>
+      <c r="E137">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="138" spans="1:5">
+      <c r="A138" t="s">
+        <v>6</v>
+      </c>
+      <c r="B138">
+        <v>3258</v>
+      </c>
+      <c r="C138">
+        <v>31782</v>
+      </c>
+      <c r="D138">
+        <v>18150.74</v>
+      </c>
+      <c r="E138">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="139" spans="1:5">
+      <c r="A139" t="s">
+        <v>6</v>
+      </c>
+      <c r="B139">
+        <v>3256</v>
+      </c>
+      <c r="C139">
+        <v>1977.1</v>
+      </c>
+      <c r="D139">
+        <v>1520.84</v>
+      </c>
+      <c r="E139">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="140" spans="1:5">
+      <c r="A140" t="s">
+        <v>6</v>
+      </c>
+      <c r="B140">
+        <v>3253</v>
+      </c>
+      <c r="C140">
+        <v>40859.1</v>
+      </c>
+      <c r="D140">
+        <v>17787.25</v>
+      </c>
+      <c r="E140">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="141" spans="1:5">
+      <c r="A141" t="s">
+        <v>6</v>
+      </c>
+      <c r="B141">
+        <v>3248</v>
+      </c>
+      <c r="C141">
+        <v>134210</v>
+      </c>
+      <c r="D141">
+        <v>102694</v>
+      </c>
+      <c r="E141">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="142" spans="1:5">
+      <c r="A142" t="s">
+        <v>6</v>
+      </c>
+      <c r="B142">
+        <v>3247</v>
+      </c>
+      <c r="C142">
+        <v>7600</v>
+      </c>
+      <c r="D142">
+        <v>0</v>
+      </c>
+      <c r="E142">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="143" spans="1:5">
+      <c r="A143" t="s">
+        <v>6</v>
+      </c>
+      <c r="B143">
+        <v>3245</v>
+      </c>
+      <c r="C143">
+        <v>35740</v>
+      </c>
+      <c r="D143">
+        <v>20838.97</v>
+      </c>
+      <c r="E143">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="144" spans="1:5">
+      <c r="A144" t="s">
+        <v>6</v>
+      </c>
+      <c r="B144">
+        <v>3244</v>
+      </c>
+      <c r="C144">
+        <v>153410</v>
+      </c>
+      <c r="D144">
+        <v>120412</v>
+      </c>
+      <c r="E144">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="145" spans="1:5">
+      <c r="A145" t="s">
+        <v>6</v>
+      </c>
+      <c r="B145">
+        <v>3230</v>
+      </c>
+      <c r="C145">
+        <v>53890</v>
+      </c>
+      <c r="D145">
+        <v>7550</v>
+      </c>
+      <c r="E145">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="146" spans="1:5">
+      <c r="A146" t="s">
+        <v>6</v>
+      </c>
+      <c r="B146">
+        <v>3218</v>
+      </c>
+      <c r="C146">
+        <v>13380</v>
+      </c>
+      <c r="D146">
+        <v>10002.16</v>
+      </c>
+      <c r="E146">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="147" spans="1:5">
+      <c r="A147" t="s">
+        <v>6</v>
+      </c>
+      <c r="B147">
         <v>3216</v>
       </c>
-      <c r="C116">
+      <c r="C147">
         <v>2840</v>
       </c>
-      <c r="D116">
+      <c r="D147">
         <v>577</v>
       </c>
-      <c r="E116">
-        <v>50</v>
+      <c r="E147">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="148" spans="1:5">
+      <c r="A148" t="s">
+        <v>6</v>
+      </c>
+      <c r="B148">
+        <v>3213</v>
+      </c>
+      <c r="C148">
+        <v>2670</v>
+      </c>
+      <c r="D148">
+        <v>1086</v>
+      </c>
+      <c r="E148">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="149" spans="1:5">
+      <c r="A149" t="s">
+        <v>6</v>
+      </c>
+      <c r="B149">
+        <v>3212</v>
+      </c>
+      <c r="C149">
+        <v>77540</v>
+      </c>
+      <c r="D149">
+        <v>44895.61</v>
+      </c>
+      <c r="E149">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="150" spans="1:5">
+      <c r="A150" t="s">
+        <v>6</v>
+      </c>
+      <c r="B150">
+        <v>3195</v>
+      </c>
+      <c r="C150">
+        <v>44920</v>
+      </c>
+      <c r="D150">
+        <v>18145</v>
+      </c>
+      <c r="E150">
+        <v>25</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">